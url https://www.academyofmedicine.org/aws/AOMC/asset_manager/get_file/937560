--- v0 (2025-12-07)
+++ v1 (2026-01-18)
@@ -132,67 +132,67 @@
     <p:sldId id="271" r:id="rId17"/>
     <p:sldId id="272" r:id="rId18"/>
     <p:sldId id="273" r:id="rId19"/>
     <p:sldId id="274" r:id="rId20"/>
     <p:sldId id="275" r:id="rId21"/>
     <p:sldId id="276" r:id="rId22"/>
     <p:sldId id="290" r:id="rId23"/>
     <p:sldId id="277" r:id="rId24"/>
     <p:sldId id="278" r:id="rId25"/>
     <p:sldId id="279" r:id="rId26"/>
     <p:sldId id="280" r:id="rId27"/>
     <p:sldId id="281" r:id="rId28"/>
     <p:sldId id="282" r:id="rId29"/>
     <p:sldId id="283" r:id="rId30"/>
     <p:sldId id="284" r:id="rId31"/>
     <p:sldId id="285" r:id="rId32"/>
     <p:sldId id="286" r:id="rId33"/>
     <p:sldId id="287" r:id="rId34"/>
     <p:sldId id="288" r:id="rId35"/>
     <p:sldId id="289" r:id="rId36"/>
   </p:sldIdLst>
   <p:sldSz cx="18288000" cy="10287000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:embeddedFontLst>
     <p:embeddedFont>
-      <p:font typeface="Archivo Black" panose="020B0A03020202020B04" pitchFamily="34" charset="77"/>
+      <p:font typeface="Archivo Black" panose="020B0604020202020204" charset="0"/>
       <p:regular r:id="rId38"/>
     </p:embeddedFont>
     <p:embeddedFont>
       <p:font typeface="Lato" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
       <p:regular r:id="rId39"/>
       <p:bold r:id="rId40"/>
       <p:italic r:id="rId41"/>
       <p:boldItalic r:id="rId42"/>
     </p:embeddedFont>
     <p:embeddedFont>
-      <p:font typeface="Lato Bold" panose="020F0502020204030203" pitchFamily="34" charset="0"/>
+      <p:font typeface="Lato Bold" panose="020F0502020204030203" charset="0"/>
       <p:regular r:id="rId43"/>
       <p:bold r:id="rId44"/>
     </p:embeddedFont>
     <p:embeddedFont>
-      <p:font typeface="Montserrat Bold" pitchFamily="2" charset="77"/>
+      <p:font typeface="Montserrat Bold" panose="020B0604020202020204" charset="0"/>
       <p:regular r:id="rId45"/>
       <p:bold r:id="rId46"/>
     </p:embeddedFont>
   </p:embeddedFontLst>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
@@ -305,94 +305,94 @@
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr>
     <p:restoredLeft sz="19393" autoAdjust="0"/>
     <p:restoredTop sz="67101" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="52" d="100"/>
-          <a:sy n="52" d="100"/>
+          <a:sx n="23" d="100"/>
+          <a:sy n="23" d="100"/>
         </p:scale>
-        <p:origin x="1184" y="184"/>
+        <p:origin x="1392" y="14"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:outlineViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="33" d="100"/>
         <a:sy n="33" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:outlineViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.fntdata"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.fntdata"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.fntdata"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.fntdata"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.fntdata"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.fntdata"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.fntdata"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.fntdata"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.fntdata"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.fntdata"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.fntdata"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.fntdata"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.fntdata"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.fntdata"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.fntdata"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.fntdata"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.fntdata"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.fntdata"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -437,51 +437,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{F44E9F97-58CC-43EB-9659-28FA7688F534}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/1/25</a:t>
+              <a:t>1/14/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -5011,51 +5011,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master subtitle style</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1D8BD707-D9CF-40AE-B4C6-C98DA3205C09}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>11/1/25</a:t>
+              <a:t>1/14/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5176,51 +5176,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1D8BD707-D9CF-40AE-B4C6-C98DA3205C09}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>11/1/25</a:t>
+              <a:t>1/14/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5351,51 +5351,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1D8BD707-D9CF-40AE-B4C6-C98DA3205C09}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>11/1/25</a:t>
+              <a:t>1/14/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5516,51 +5516,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1D8BD707-D9CF-40AE-B4C6-C98DA3205C09}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>11/1/25</a:t>
+              <a:t>1/14/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -5758,51 +5758,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1D8BD707-D9CF-40AE-B4C6-C98DA3205C09}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>11/1/25</a:t>
+              <a:t>1/14/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6040,51 +6040,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1D8BD707-D9CF-40AE-B4C6-C98DA3205C09}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>11/1/25</a:t>
+              <a:t>1/14/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6456,51 +6456,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1D8BD707-D9CF-40AE-B4C6-C98DA3205C09}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>11/1/25</a:t>
+              <a:t>1/14/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6570,51 +6570,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1D8BD707-D9CF-40AE-B4C6-C98DA3205C09}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>11/1/25</a:t>
+              <a:t>1/14/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6662,51 +6662,51 @@
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1D8BD707-D9CF-40AE-B4C6-C98DA3205C09}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>11/1/25</a:t>
+              <a:t>1/14/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -6934,51 +6934,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1D8BD707-D9CF-40AE-B4C6-C98DA3205C09}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>11/1/25</a:t>
+              <a:t>1/14/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -7183,51 +7183,51 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1D8BD707-D9CF-40AE-B4C6-C98DA3205C09}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>11/1/25</a:t>
+              <a:t>1/14/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -7395,51 +7395,51 @@
           <a:xfrm>
             <a:off x="457200" y="6356350"/>
             <a:ext cx="2133600" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{1D8BD707-D9CF-40AE-B4C6-C98DA3205C09}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>11/1/25</a:t>
+              <a:t>1/14/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3124200" y="6356350"/>
             <a:ext cx="2895600" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -8638,55 +8638,55 @@
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId6"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="17322800" y="9321800"/>
             <a:ext cx="812800" cy="812800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" Requires="p14">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000" advTm="19800"/>
     </mc:Choice>
-    <mc:Fallback>
+    <mc:Fallback xmlns="">
       <p:transition spd="slow" advTm="19800"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                         <p:cond evt="onBegin" delay="0">
                           <p:tn val="2"/>
                         </p:cond>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
@@ -9119,55 +9119,55 @@
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="17322800" y="9321800"/>
             <a:ext cx="812800" cy="812800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" Requires="p14">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000" advTm="15840"/>
     </mc:Choice>
-    <mc:Fallback>
+    <mc:Fallback xmlns="">
       <p:transition spd="slow" advTm="15840"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                         <p:cond evt="onBegin" delay="0">
                           <p:tn val="2"/>
                         </p:cond>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
@@ -9663,55 +9663,55 @@
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="17322800" y="9321800"/>
             <a:ext cx="812800" cy="812800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" Requires="p14">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000" advTm="43120"/>
     </mc:Choice>
-    <mc:Fallback>
+    <mc:Fallback xmlns="">
       <p:transition spd="slow" advTm="43120"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                         <p:cond evt="onBegin" delay="0">
                           <p:tn val="2"/>
                         </p:cond>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
@@ -10185,55 +10185,55 @@
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="17322800" y="9321800"/>
             <a:ext cx="812800" cy="812800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" Requires="p14">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000" advTm="29680"/>
     </mc:Choice>
-    <mc:Fallback>
+    <mc:Fallback xmlns="">
       <p:transition spd="slow" advTm="29680"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                         <p:cond evt="onBegin" delay="0">
                           <p:tn val="2"/>
                         </p:cond>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
@@ -10750,55 +10750,55 @@
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="17322800" y="9321800"/>
             <a:ext cx="812800" cy="812800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" Requires="p14">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000" advTm="41140"/>
     </mc:Choice>
-    <mc:Fallback>
+    <mc:Fallback xmlns="">
       <p:transition spd="slow" advTm="41140"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                         <p:cond evt="onBegin" delay="0">
                           <p:tn val="2"/>
                         </p:cond>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
@@ -11236,55 +11236,55 @@
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId6"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="17322800" y="9321800"/>
             <a:ext cx="812800" cy="812800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" Requires="p14">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000" advTm="41780"/>
     </mc:Choice>
-    <mc:Fallback>
+    <mc:Fallback xmlns="">
       <p:transition spd="slow" advTm="41780"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                         <p:cond evt="onBegin" delay="0">
                           <p:tn val="2"/>
                         </p:cond>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
@@ -12007,55 +12007,55 @@
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId6"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="17322800" y="9321800"/>
             <a:ext cx="812800" cy="812800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" Requires="p14">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000" advTm="3660"/>
     </mc:Choice>
-    <mc:Fallback>
+    <mc:Fallback xmlns="">
       <p:transition spd="slow" advTm="3660"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                         <p:cond evt="onBegin" delay="0">
                           <p:tn val="2"/>
                         </p:cond>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
@@ -12704,55 +12704,55 @@
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="17322800" y="9321800"/>
             <a:ext cx="812800" cy="812800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" Requires="p14">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000" advTm="28920"/>
     </mc:Choice>
-    <mc:Fallback>
+    <mc:Fallback xmlns="">
       <p:transition spd="slow" advTm="28920"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                         <p:cond evt="onBegin" delay="0">
                           <p:tn val="2"/>
                         </p:cond>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
@@ -13190,55 +13190,55 @@
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="17322800" y="9321800"/>
             <a:ext cx="812800" cy="812800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" Requires="p14">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000" advTm="17740"/>
     </mc:Choice>
-    <mc:Fallback>
+    <mc:Fallback xmlns="">
       <p:transition spd="slow" advTm="17740"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                         <p:cond evt="onBegin" delay="0">
                           <p:tn val="2"/>
                         </p:cond>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
@@ -13739,55 +13739,55 @@
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="17322800" y="9321800"/>
             <a:ext cx="812800" cy="812800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" Requires="p14">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000" advTm="62040"/>
     </mc:Choice>
-    <mc:Fallback>
+    <mc:Fallback xmlns="">
       <p:transition spd="slow" advTm="62040"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                         <p:cond evt="onBegin" delay="0">
                           <p:tn val="2"/>
                         </p:cond>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
@@ -14220,55 +14220,55 @@
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="17322800" y="9321800"/>
             <a:ext cx="812800" cy="812800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" Requires="p14">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000" advTm="11220"/>
     </mc:Choice>
-    <mc:Fallback>
+    <mc:Fallback xmlns="">
       <p:transition spd="slow" advTm="11220"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                         <p:cond evt="onBegin" delay="0">
                           <p:tn val="2"/>
                         </p:cond>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
@@ -14848,55 +14848,55 @@
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="17322800" y="9321800"/>
             <a:ext cx="812800" cy="812800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" Requires="p14">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000" advTm="49660"/>
     </mc:Choice>
-    <mc:Fallback>
+    <mc:Fallback xmlns="">
       <p:transition spd="slow" advTm="49660"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                         <p:cond evt="onBegin" delay="0">
                           <p:tn val="2"/>
                         </p:cond>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
@@ -15434,55 +15434,55 @@
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="17322800" y="9321800"/>
             <a:ext cx="812800" cy="812800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" Requires="p14">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000" advTm="56480"/>
     </mc:Choice>
-    <mc:Fallback>
+    <mc:Fallback xmlns="">
       <p:transition spd="slow" advTm="56480"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                         <p:cond evt="onBegin" delay="0">
                           <p:tn val="2"/>
                         </p:cond>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
@@ -15978,55 +15978,55 @@
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="17322800" y="9321800"/>
             <a:ext cx="812800" cy="812800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" Requires="p14">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000" advTm="57880"/>
     </mc:Choice>
-    <mc:Fallback>
+    <mc:Fallback xmlns="">
       <p:transition spd="slow" advTm="57880"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                         <p:cond evt="onBegin" delay="0">
                           <p:tn val="2"/>
                         </p:cond>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
@@ -16564,55 +16564,55 @@
           <a:blip r:embed="rId5"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="17322800" y="9321800"/>
             <a:ext cx="812800" cy="812800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="230181914"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" Requires="p14">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000" advTm="42040"/>
     </mc:Choice>
-    <mc:Fallback>
+    <mc:Fallback xmlns="">
       <p:transition spd="slow" advTm="42040"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                         <p:cond evt="onBegin" delay="0">
                           <p:tn val="2"/>
                         </p:cond>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
@@ -17124,55 +17124,55 @@
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="17322800" y="9321800"/>
             <a:ext cx="812800" cy="812800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" Requires="p14">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000" advTm="30840"/>
     </mc:Choice>
-    <mc:Fallback>
+    <mc:Fallback xmlns="">
       <p:transition spd="slow" advTm="30840"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                         <p:cond evt="onBegin" delay="0">
                           <p:tn val="2"/>
                         </p:cond>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
@@ -17773,55 +17773,55 @@
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="17322800" y="9321800"/>
             <a:ext cx="812800" cy="812800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" Requires="p14">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000" advTm="60720"/>
     </mc:Choice>
-    <mc:Fallback>
+    <mc:Fallback xmlns="">
       <p:transition spd="slow" advTm="60720"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                         <p:cond evt="onBegin" delay="0">
                           <p:tn val="2"/>
                         </p:cond>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
@@ -18347,55 +18347,55 @@
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="17322800" y="9321800"/>
             <a:ext cx="812800" cy="812800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" Requires="p14">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000" advTm="46960"/>
     </mc:Choice>
-    <mc:Fallback>
+    <mc:Fallback xmlns="">
       <p:transition spd="slow" advTm="46960"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                         <p:cond evt="onBegin" delay="0">
                           <p:tn val="2"/>
                         </p:cond>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
@@ -18876,55 +18876,55 @@
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId6"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="17322800" y="9321800"/>
             <a:ext cx="812800" cy="812800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" Requires="p14">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000" advTm="29920"/>
     </mc:Choice>
-    <mc:Fallback>
+    <mc:Fallback xmlns="">
       <p:transition spd="slow" advTm="29920"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                         <p:cond evt="onBegin" delay="0">
                           <p:tn val="2"/>
                         </p:cond>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
@@ -19357,55 +19357,55 @@
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="17322800" y="9321800"/>
             <a:ext cx="812800" cy="812800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" Requires="p14">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000" advTm="12360"/>
     </mc:Choice>
-    <mc:Fallback>
+    <mc:Fallback xmlns="">
       <p:transition spd="slow" advTm="12360"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                         <p:cond evt="onBegin" delay="0">
                           <p:tn val="2"/>
                         </p:cond>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
@@ -19880,55 +19880,55 @@
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="17322800" y="9321800"/>
             <a:ext cx="812800" cy="812800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" Requires="p14">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000" advTm="37900"/>
     </mc:Choice>
-    <mc:Fallback>
+    <mc:Fallback xmlns="">
       <p:transition spd="slow" advTm="37900"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                         <p:cond evt="onBegin" delay="0">
                           <p:tn val="2"/>
                         </p:cond>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
@@ -20361,55 +20361,55 @@
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="17322800" y="9321800"/>
             <a:ext cx="812800" cy="812800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" Requires="p14">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000" advTm="21680"/>
     </mc:Choice>
-    <mc:Fallback>
+    <mc:Fallback xmlns="">
       <p:transition spd="slow" advTm="21680"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                         <p:cond evt="onBegin" delay="0">
                           <p:tn val="2"/>
                         </p:cond>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
@@ -20905,55 +20905,55 @@
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="17322800" y="9321800"/>
             <a:ext cx="812800" cy="812800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" Requires="p14">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000" advTm="56340"/>
     </mc:Choice>
-    <mc:Fallback>
+    <mc:Fallback xmlns="">
       <p:transition spd="slow" advTm="56340"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                         <p:cond evt="onBegin" delay="0">
                           <p:tn val="2"/>
                         </p:cond>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
@@ -21642,55 +21642,55 @@
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="17322800" y="9321800"/>
             <a:ext cx="812800" cy="812800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" Requires="p14">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000" advTm="12740"/>
     </mc:Choice>
-    <mc:Fallback>
+    <mc:Fallback xmlns="">
       <p:transition spd="slow" advTm="12740"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                         <p:cond evt="onBegin" delay="0">
                           <p:tn val="2"/>
                         </p:cond>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
@@ -21996,51 +21996,51 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="l">
               <a:lnSpc>
                 <a:spcPts val="5179"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="3699" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat Bold"/>
                 <a:ea typeface="Montserrat Bold"/>
                 <a:cs typeface="Montserrat Bold"/>
                 <a:sym typeface="Montserrat Bold"/>
               </a:rPr>
-              <a:t>P619: PEDIATRIC BRUE</a:t>
+              <a:t>P617: PEDIATRIC BRUE</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="TextBox 9"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1028700" y="2983165"/>
             <a:ext cx="14064998" cy="2709545"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -22123,55 +22123,55 @@
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="17322800" y="9321800"/>
             <a:ext cx="812800" cy="812800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" Requires="p14">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000" advTm="18960"/>
     </mc:Choice>
-    <mc:Fallback>
+    <mc:Fallback xmlns="">
       <p:transition spd="slow" advTm="18960"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                         <p:cond evt="onBegin" delay="0">
                           <p:tn val="2"/>
                         </p:cond>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
@@ -22708,55 +22708,55 @@
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="17322800" y="9321800"/>
             <a:ext cx="812800" cy="812800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" Requires="p14">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000" advTm="41500"/>
     </mc:Choice>
-    <mc:Fallback>
+    <mc:Fallback xmlns="">
       <p:transition spd="slow" advTm="41500"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                         <p:cond evt="onBegin" delay="0">
                           <p:tn val="2"/>
                         </p:cond>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
@@ -23503,55 +23503,55 @@
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="17322800" y="9321800"/>
             <a:ext cx="812800" cy="812800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" Requires="p14">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000" advTm="49220"/>
     </mc:Choice>
-    <mc:Fallback>
+    <mc:Fallback xmlns="">
       <p:transition spd="slow" advTm="49220"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                         <p:cond evt="onBegin" delay="0">
                           <p:tn val="2"/>
                         </p:cond>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
@@ -24038,55 +24038,55 @@
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="17322800" y="9321800"/>
             <a:ext cx="812800" cy="812800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" Requires="p14">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000" advTm="32500"/>
     </mc:Choice>
-    <mc:Fallback>
+    <mc:Fallback xmlns="">
       <p:transition spd="slow" advTm="32500"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                         <p:cond evt="onBegin" delay="0">
                           <p:tn val="2"/>
                         </p:cond>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
@@ -24850,55 +24850,55 @@
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId6"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="17322800" y="9321800"/>
             <a:ext cx="812800" cy="812800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" Requires="p14">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000" advTm="14710"/>
     </mc:Choice>
-    <mc:Fallback>
+    <mc:Fallback xmlns="">
       <p:transition spd="slow" advTm="14710"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                         <p:cond evt="onBegin" delay="0">
                           <p:tn val="2"/>
                         </p:cond>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
@@ -25457,55 +25457,55 @@
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="17322800" y="9321800"/>
             <a:ext cx="812800" cy="812800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" Requires="p14">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000" advTm="6000"/>
     </mc:Choice>
-    <mc:Fallback>
+    <mc:Fallback xmlns="">
       <p:transition spd="slow" advTm="6000"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                         <p:cond evt="onBegin" delay="0">
                           <p:tn val="2"/>
                         </p:cond>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
@@ -25825,236 +25825,236 @@
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="3699" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat Bold"/>
                 <a:ea typeface="Montserrat Bold"/>
                 <a:cs typeface="Montserrat Bold"/>
                 <a:sym typeface="Montserrat Bold"/>
               </a:rPr>
               <a:t>UPDATED PROTOCOLS</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="TextBox 9"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1210561" y="2551156"/>
-            <a:ext cx="12298230" cy="6285865"/>
+            <a:ext cx="12298230" cy="6376169"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="755647" lvl="1" indent="-377824" algn="l">
               <a:lnSpc>
                 <a:spcPts val="5669"/>
               </a:lnSpc>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3499">
+              <a:rPr lang="en-US" sz="3499" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1B294A"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>M408: Restraint</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="755647" lvl="1" indent="-377824" algn="l">
               <a:lnSpc>
                 <a:spcPts val="5669"/>
               </a:lnSpc>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3499">
+              <a:rPr lang="en-US" sz="3499" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1B294A"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>M415: Pre-existing Medical Devices</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="755647" lvl="1" indent="-377824" algn="l">
               <a:lnSpc>
                 <a:spcPts val="5669"/>
               </a:lnSpc>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3499">
+              <a:rPr lang="en-US" sz="3499" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1B294A"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>S504: Eye Injuries</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="755647" lvl="1" indent="-377824" algn="l">
               <a:lnSpc>
                 <a:spcPts val="5669"/>
               </a:lnSpc>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3499">
+              <a:rPr lang="en-US" sz="3499" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1B294A"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>S508: Epistaxis</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="755647" lvl="1" indent="-377824" algn="l">
               <a:lnSpc>
                 <a:spcPts val="5669"/>
               </a:lnSpc>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3499">
+              <a:rPr lang="en-US" sz="3499" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1B294A"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>P601: Pediatric Pulseless Cardiac Arrest V-fib/tach</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="755647" lvl="1" indent="-377824" algn="l">
               <a:lnSpc>
                 <a:spcPts val="5669"/>
               </a:lnSpc>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3499">
+              <a:rPr lang="en-US" sz="3499" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1B294A"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>P605: Pediatric Stridor</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="755647" lvl="1" indent="-377824" algn="l">
               <a:lnSpc>
                 <a:spcPts val="5669"/>
               </a:lnSpc>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3499">
+              <a:rPr lang="en-US" sz="3499" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1B294A"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
-              <a:t>P619: Pediatric BRUE</a:t>
+              <a:t>P617: Pediatric BRUE</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="755647" lvl="1" indent="-377824" algn="l">
               <a:lnSpc>
                 <a:spcPts val="5669"/>
               </a:lnSpc>
               <a:buFont typeface="Arial"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3499">
+              <a:rPr lang="en-US" sz="3499" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1B294A"/>
                 </a:solidFill>
                 <a:latin typeface="Lato"/>
                 <a:ea typeface="Lato"/>
                 <a:cs typeface="Lato"/>
                 <a:sym typeface="Lato"/>
               </a:rPr>
               <a:t>T713: Mechanical Ventilator Setup</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="l">
               <a:lnSpc>
                 <a:spcPts val="4479"/>
               </a:lnSpc>
             </a:pPr>
-            <a:endParaRPr lang="en-US" sz="3499">
+            <a:endParaRPr lang="en-US" sz="3499" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="1B294A"/>
               </a:solidFill>
               <a:latin typeface="Lato"/>
               <a:ea typeface="Lato"/>
               <a:cs typeface="Lato"/>
               <a:sym typeface="Lato"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="11" name="Audio 10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CA2D3149-8AA9-107A-643C-B5D32E3A0885}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <a:audioFile r:link="rId2"/>
@@ -26064,55 +26064,55 @@
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="17322800" y="9321800"/>
             <a:ext cx="812800" cy="812800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" Requires="p14">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000" advTm="6400"/>
     </mc:Choice>
-    <mc:Fallback>
+    <mc:Fallback xmlns="">
       <p:transition spd="slow" advTm="6400"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                         <p:cond evt="onBegin" delay="0">
                           <p:tn val="2"/>
                         </p:cond>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
@@ -26566,55 +26566,55 @@
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="17322800" y="9321800"/>
             <a:ext cx="812800" cy="812800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" Requires="p14">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000" advTm="5600"/>
     </mc:Choice>
-    <mc:Fallback>
+    <mc:Fallback xmlns="">
       <p:transition spd="slow" advTm="5600"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                         <p:cond evt="onBegin" delay="0">
                           <p:tn val="2"/>
                         </p:cond>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
@@ -27168,55 +27168,55 @@
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="17322800" y="9321800"/>
             <a:ext cx="812800" cy="812800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" Requires="p14">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000" advTm="30680"/>
     </mc:Choice>
-    <mc:Fallback>
+    <mc:Fallback xmlns="">
       <p:transition spd="slow" advTm="30680"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                         <p:cond evt="onBegin" delay="0">
                           <p:tn val="2"/>
                         </p:cond>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
@@ -27939,55 +27939,55 @@
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId6"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="17322800" y="9321800"/>
             <a:ext cx="812800" cy="812800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" Requires="p14">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000" advTm="6100"/>
     </mc:Choice>
-    <mc:Fallback>
+    <mc:Fallback xmlns="">
       <p:transition spd="slow" advTm="6100"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                         <p:cond evt="onBegin" delay="0">
                           <p:tn val="2"/>
                         </p:cond>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
@@ -28525,55 +28525,55 @@
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="17322800" y="9321800"/>
             <a:ext cx="812800" cy="812800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" Requires="p14">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
       <p:transition spd="slow" p14:dur="2000" advTm="63980"/>
     </mc:Choice>
-    <mc:Fallback>
+    <mc:Fallback xmlns="">
       <p:transition spd="slow" advTm="63980"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                         <p:cond evt="onBegin" delay="0">
                           <p:tn val="2"/>
                         </p:cond>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
@@ -29225,121 +29225,122 @@
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Words>4358</Words>
-  <Application>Microsoft Macintosh PowerPoint</Application>
+  <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Custom</PresentationFormat>
   <Paragraphs>360</Paragraphs>
   <Slides>35</Slides>
   <Notes>35</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>35</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>8</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>35</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="44" baseType="lpstr">
+      <vt:lpstr>Arial</vt:lpstr>
+      <vt:lpstr>Lato Bold</vt:lpstr>
+      <vt:lpstr>Aptos</vt:lpstr>
       <vt:lpstr>Archivo Black</vt:lpstr>
-      <vt:lpstr>Aptos</vt:lpstr>
+      <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Montserrat Bold</vt:lpstr>
-      <vt:lpstr>Arial</vt:lpstr>
+      <vt:lpstr>Wingdings</vt:lpstr>
       <vt:lpstr>Lato</vt:lpstr>
-      <vt:lpstr>Calibri</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>Lato Bold</vt:lpstr>
       <vt:lpstr>Office Theme</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>2026 AofM Protocol Training.pptx</dc:title>
+  <dc:creator>Jessica</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:identifier>DAG2coVvsgQ</dc:identifier>
 </cp:coreProperties>
 </file>